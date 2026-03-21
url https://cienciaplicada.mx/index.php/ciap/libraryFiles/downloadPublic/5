--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -209,145 +209,145 @@
                           <a:ext cx="1623695" cy="416560"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="4F81BD">
                             <a:lumMod val="60000"/>
                             <a:lumOff val="40000"/>
                           </a:srgbClr>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="4F81BD">
                               <a:lumMod val="60000"/>
                               <a:lumOff val="40000"/>
                             </a:srgbClr>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="6D070E08" w14:textId="77777777" w:rsidR="000B73FB" w:rsidRPr="00D659DA" w:rsidRDefault="000B73FB" w:rsidP="000B73FB">
+                          <w:p w14:paraId="6D070E08" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="00D659DA" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
                             <w:pPr>
                               <w:spacing w:before="120"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                               <w:t>Artículo   Científico</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="4D102477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Cuadro de texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-119.85pt;margin-top:7pt;width:127.85pt;height:32.8pt;rotation:-90;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAqAlJqTgIAAM4EAAAOAAAAZHJzL2Uyb0RvYy54bWy0VNtu2zAMfR+wfxD0vjj2ErcN4hRtsgwD&#10;ugvQ7QMUSY6FSaInKbG7ry8le0m6vQ2bHwRRpI4OeUgvb3ujyVE6r8BWNJ9MKZGWg1B2X9FvX7dv&#10;rinxgVnBNFhZ0Sfp6e3q9atl1y5kAQ1oIR1BEOsXXVvRJoR2kWWeN9IwP4FWWnTW4AwLaLp9Jhzr&#10;EN3orJhOy6wDJ1oHXHqPp5vBSVcJv64lD5/r2stAdEWRW0irS+surtlqyRZ7x9pG8ZEG+wsWhimL&#10;j56gNiwwcnDqDyijuAMPdZhwMBnUteIy5YDZ5NPfsnlsWCtTLlgc357K5P8dLP90/OKIEhUt8itK&#10;LDMo0vrAhAMiJAmyD0CKWKau9QuMfmwxPvT30KPcKWXfPgD/7omFdcPsXt45B10jmUCaebyZXVwd&#10;cHwE2XUfQeBr7BAgAfW1M8QBapSXqC1+6RiLRPAxVO/ppBjSIjwyKIu35c2cEo6+WV7OyyRpxhYR&#10;LArSOh/eSzAkbirqsCMSKjs++BDJnUNiuAetxFZpnQy33621I0eG3TPbXuf3m3RXHwxSH47LxDO1&#10;ER5js43Rv44R3w8w6a0X+NqSrqI382KeYF/4xkv/7W2jAg6eVqai15HrOApRt3dWpHwCU3rYYxLa&#10;jkJG7QYVQ7/rMTCquwPxhJIm8VAo/CFgrRtwPynpcLgq6n8cmJOU6A8W2+Imn83iNCZjNr8q0HCX&#10;nt2lh1mOUBUNlAzbdUgTHCWycIftU6sk5ZnJyBWHJlV9HPA4lZd2ijr/hlbPAAAA//8DAFBLAwQU&#10;AAYACAAAACEASRqLxt8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/YRnBi6Sb&#10;SG1rzKaIIB48aFv1PMlOk2B2NmS3bfrvHU96m+F9eD+K9eR6daQxdJ4NZLMUFHHtbceNgY/dc7IC&#10;FSKyxd4zGThTgHV5eVFgbv2JN3TcxkaJCYccDbQxDrnWoW7JYZj5gVi0vR8dRnnHRtsRT2Luen2b&#10;pgvtsGNJaHGgp5bq7+3BSe5d9zncnN9ffRXt5mVHbv+GX8ZcX02PD6AiTfEPht/6Uh1K6VT5A9ug&#10;egNJNp8vhJVrlWWgBEmW9zKvEnYpki4L/X9E+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAqAlJqTgIAAM4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBJGovG3wAAAAwBAAAPAAAAAAAAAAAAAAAAAKgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAtAUAAAAA&#10;" fillcolor="#95b3d7" strokecolor="#95b3d7">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="6D070E08" w14:textId="77777777" w:rsidR="000B73FB" w:rsidRPr="00D659DA" w:rsidRDefault="000B73FB" w:rsidP="000B73FB">
+                    <w:p w14:paraId="6D070E08" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="00D659DA" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
                       <w:pPr>
                         <w:spacing w:before="120"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                         <w:t>Artículo   Científico</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00000EB7" w:rsidRPr="004C48F7">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00000EB7" w:rsidRPr="004C48F7">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Faculty of Civil Engineering, Conacyt-Universidad Michoacana de San Nicolás de Hidalgo, Morelia 58030, Michoacán, México</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDC131C" w14:textId="0ACE4F59" w:rsidR="005F59E2" w:rsidRPr="001E2B1E" w:rsidRDefault="005F59E2" w:rsidP="00D00D88">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1418" w:right="-943"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0440C8E4" w14:textId="63F6D131" w:rsidR="000B73FB" w:rsidRDefault="005F59E2" w:rsidP="000B73FB">
+    <w:p w14:paraId="0440C8E4" w14:textId="213D7016" w:rsidR="000B73FB" w:rsidRDefault="005F59E2" w:rsidP="000B73FB">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Resumen:</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -396,98 +396,852 @@
       </w:r>
       <w:r w:rsidR="00B62371" w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="001D577C" w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
         <w:t>-12</w:t>
       </w:r>
       <w:r w:rsidR="00561C93" w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00B62371" w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
         <w:t xml:space="preserve"> palabras.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1ECFA61E" w14:textId="69C2345D" w:rsidR="00EA5376" w:rsidRPr="00D75E8E" w:rsidRDefault="00EA5376" w:rsidP="00EA5376">
+      <w:r w:rsidR="00FB43F1">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D01D156" w14:textId="13EEF9BC" w:rsidR="00FB43F1" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51EF60C3" w14:textId="02C5823D" w:rsidR="00FB43F1" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t>El resumen debe contener claramente 4 secciones escritos de forma narrativa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02090A61" w14:textId="77777777" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E220D23" w14:textId="7EA10350" w:rsidR="00FB43F1" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Intro general:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un par de líneas enmarcando el tema del artículo</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ejemplo 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952" w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Los sistemas embebidos con FPGA (Field Programmable Gate Arrays) sonutilizados enmuchas aplicaciones en áreas de comunicaciones, automotriz, biomédica y aeroespacialdebido a sus ventajas de reconfiguraciónde hardware y paralelismo</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952" w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ejemplo 2:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952" w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se estima que el consumo de agua a nivel mundial se duplicará para el año 2050, por lo que la remoción de contaminantes en los compartimentos acuáticos se convierte en una estrategia a corto plazo para contrarrestar los problemas derivados de las sequías y la escasez de agua.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E3179A" w14:textId="77777777" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E89ECC" w14:textId="6192EDD5" w:rsidR="00FB43F1" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Objetivo principal:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  En este trabajo . . .se escribe el objetivo de estudio del artículo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB43F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3583D7" w14:textId="77777777" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D7C7FD1" w14:textId="7B39D71C" w:rsidR="002C6952" w:rsidRDefault="00421D33" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661824" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="520768AC" wp14:editId="7A4F82D4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-866633</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>149661</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1536700" cy="2061210"/>
+                <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="212" name="Autoforma 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1536700" cy="2061210"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="window" lastClr="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="15875">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="621B8B5B" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                          </w:p>
+                          <w:p w14:paraId="55BE0E54" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="77389869" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="atLeast"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Recibido: </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>enero xx, 2025</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="513BE390" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="atLeast"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>Aceptado:</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> marzo xx, 2025</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0195E90D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:before="100" w:beforeAutospacing="1"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>autor de correspondencia:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6F1A541D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>xxx</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6019C5CF" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="atLeast"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="57C68385" w14:textId="77777777" w:rsidR="00421D33" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="atLeast"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:bevel/>
+                                </w14:textOutline>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:bevel/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>© 2026</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="75B05FAD" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="atLeast"/>
+                              <w:ind w:left="-142" w:right="-6"/>
+                              <w:rPr>
+                                <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:bevel/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Revista </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001E2B1E">
+                              <w:rPr>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                                  <w14:noFill/>
+                                  <w14:prstDash w14:val="solid"/>
+                                  <w14:bevel/>
+                                </w14:textOutline>
+                              </w:rPr>
+                              <w:t>Ciencia Aplicada</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:bookmarkEnd w:id="0"/>
+                          <w:p w14:paraId="0A53724D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:color w:val="1F497D" w:themeColor="text2"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="182880" tIns="457200" rIns="182880" bIns="73152" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="520768AC" id="Autoforma 14" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-68.25pt;margin-top:11.8pt;width:121pt;height:162.3pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCd44cjHgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813okfkCwHAQOXBRI&#10;2wBpP4CmKIsoxWWXtCX367ukH0naW1EdCC2XHM7O7C7vxt6wg0Kvwda8mOScKSuh0XZX8+/fNh8W&#10;nPkgbCMMWFXzo/L8bvX+3XJwlSqhA9MoZARifTW4mnchuCrLvOxUL/wEnLKUbAF7ESjEXdagGAi9&#10;N1mZ57NsAGwcglTe0+7DKclXCb9tlQxf29arwEzNiVtIK6Z1G9dstRTVDoXrtDzTEP/Aohfa0qNX&#10;qAcRBNuj/guq1xLBQxsmEvoM2lZLlWqgaor8j2qeO+FUqoXE8e4qk/9/sPLL4QmZbmpeFiVnVvRk&#10;0v0+QJKcFbdRocH5ig4+uyeMNXr3CPKHZxbWnbA7dY8IQ6dEQ7yKeD57cyEGnq6y7fAZGoIXBJ/E&#10;GlvsIyDJwMbkyfHqiRoDk7RZTG9m85ysk5Qr81lRFsm1TFSX6w59+KigZ/Gn5kimJ3hxePQh0hHV&#10;5UiiD0Y3G21MCo5+bZAdBPUHtVUDA2dG+ECbNd+kL1VEVb++ZiwbIrfFfJqeshABT28ZG4FVar4z&#10;gYsEJynDuB2T5EmsmNtCcySBEE79SfNEPx3gL84G6s2a+597gYqofbJR5EW5WMRuTtHtdE6TwBm+&#10;yW1TNL8ppmSrsJLQah4uv+twmoG9Q73r6LHiXEayXifVXoidHaUWTGKexyX2+Os4nXoZ6tVvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAwsHr9t8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG&#10;70i8Q2QkLtWWrF3LVOpOqBI3pInBA2StaSoap2qyrbw92QmOtj/9/v5qv9hRXGj2g2OEzVqBIG5d&#10;N3CP8PnxutqB8EFzp0fHhPBDHvb1/V2ly85d+Z0ux9CLGMK+1AgmhKmU0reGrPZrNxHH25ebrQ5x&#10;nHvZzfoaw+0oU6UKafXA8YPREzWG2u/j2SJsfVIkjclt/3ZI1HB4WpokNYiPD8vLM4hAS/iD4aYf&#10;1aGOTid35s6LEWG1yYo8sghpVoC4ESqPixNCtt2lIOtK/u9Q/wIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCd44cjHgIAABwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDCwev23wAAAAsBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" fillcolor="window" stroked="f" strokeweight="1.25pt">
+                <v:textbox inset="14.4pt,36pt,14.4pt,5.76pt">
+                  <w:txbxContent>
+                    <w:p w14:paraId="621B8B5B" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                    </w:p>
+                    <w:p w14:paraId="55BE0E54" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="77389869" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="atLeast"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Recibido: </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>enero xx, 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="513BE390" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="atLeast"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>Aceptado:</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> marzo xx, 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0195E90D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>autor de correspondencia:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6F1A541D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>xxx</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6019C5CF" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="atLeast"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="57C68385" w14:textId="77777777" w:rsidR="00421D33" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="atLeast"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:bevel/>
+                          </w14:textOutline>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:bevel/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>© 2026</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="75B05FAD" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="atLeast"/>
+                        <w:ind w:left="-142" w:right="-6"/>
+                        <w:rPr>
+                          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+                          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:bevel/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Revista </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001E2B1E">
+                        <w:rPr>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+                            <w14:noFill/>
+                            <w14:prstDash w14:val="solid"/>
+                            <w14:bevel/>
+                          </w14:textOutline>
+                        </w:rPr>
+                        <w:t>Ciencia Aplicada</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:bookmarkEnd w:id="1"/>
+                    <w:p w14:paraId="0A53724D" w14:textId="77777777" w:rsidR="00421D33" w:rsidRPr="001E2B1E" w:rsidRDefault="00421D33" w:rsidP="00421D33">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:color w:val="1F497D" w:themeColor="text2"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="002C6952" w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Metodología utilizada:</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se describe los métodos utilizados para lograr el objetivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639C79EA" w14:textId="162845D5" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CAC2817" w14:textId="558C1CCD" w:rsidR="00FB43F1" w:rsidRDefault="00FB43F1" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Resultado principal:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  los resultados principales obtenidos, de forma </w:t>
+      </w:r>
+      <w:r w:rsidR="002C6952">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t>concisa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="254CA569" w14:textId="44DD3E2F" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A772DA" w14:textId="05D122B0" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t>Las secciones del resumen van escritas de forma narrativa, sin agregar los conceptos en negritas. Es decir, de forma clásica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029B3D2E" w14:textId="77777777" w:rsidR="002C6952" w:rsidRDefault="002C6952" w:rsidP="000B73FB">
+      <w:pPr>
+        <w:ind w:left="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ECFA61E" w14:textId="10EB4183" w:rsidR="00EA5376" w:rsidRPr="00D75E8E" w:rsidRDefault="00EA5376" w:rsidP="00EA5376">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:eastAsia="Calibri" w:hAnsi="Candara" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DC7463">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t>cuatro</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CAResumenCar"/>
         </w:rPr>
-        <w:t>tres a cinco palabras clave, que sean cortas.</w:t>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC7463">
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cinco palabras clave, cada palabra puede ser compuesta –pero no extensa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="CAResumenCar"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44679451" w14:textId="77777777" w:rsidR="000B73FB" w:rsidRPr="00D75E8E" w:rsidRDefault="000B73FB" w:rsidP="000B73FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75E8E">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="40E5EFAC" wp14:editId="5028610A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>935990</wp:posOffset>
                 </wp:positionH>
@@ -519,593 +1273,109 @@
                           <a:prstDash val="solid"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
                             <a:srgbClr val="000000">
                               <a:alpha val="38000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="0EF31384" id="Conector recto 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="73.7pt,11.2pt" to="496.3pt,11.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBsEuA/AEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmwbFFEWKkgeqla&#10;1G3V8+A4iSV/aWwI/PuOHZal3VvVHBzPh5/fmxmvns5Gs5PEoJyt+XRSciatcI2yXc1//th9WHIW&#10;ItgGtLOy5hcZ+NP6/bvV4Cs5c73TjURGIDZUg695H6OviiKIXhoIE+elpWDr0EAkE7uiQRgI3ehi&#10;VpaPxeCw8eiEDIG82zHI1xm/baWI39o2yMh0zYlbzCvm9ZDWYr2CqkPwvRJXGvAPLAwoS5feoLYQ&#10;gR1RvYEySqALro0T4Uzh2lYJmTWQmmn5l5rnHrzMWqg4wd/KFP4frPh62iNTTc3nnFkw1KINNUpE&#10;hwzTj81TjQYfKkrd2D1ereD3mASfWzTpT1LYOdf1cqurPEcmyLmYP34sZ1R+8RIrXg96DPGzdIal&#10;Tc21skkyVHD6EiJdRqkvKclt3U5pndumLRtqPqNvQdBA09NqiLQ1nvQE23EGuqOxFBEzZHBaNel4&#10;AgrYHTYa2QloNB52y+mnbVJK1/2Rlu7eQujHvBy6pmmbYGQeMqKaDHeMEp/7ZmAHfcTvQDQeSvo4&#10;a1QSRxM7GjSBixyhELr4S8U+NzuV7g25dIiOJT9o38NIZb5MzivjUUtmf+OQrTt6RWri2La0O7jm&#10;kruZ/TReOf/6FNL83tu0v3+w698AAAD//wMAUEsDBBQABgAIAAAAIQCvuyIF4AAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9PT8JAEMXvJn6HzZh4MbK1IUBrt8Q/MQrxAhLOS3dsC93Z2l1K/faM&#10;8aCnyZt5efN72Xywjeix87UjBXejCARS4UxNpYLNx8vtDIQPmoxuHKGCb/Qwzy8vMp0ad6IV9utQ&#10;Cg4hn2oFVQhtKqUvKrTaj1yLxLdP11kdWHalNJ0+cbhtZBxFE2l1Tfyh0i0+VVgc1kerYLt8fOsX&#10;s9e9s+9DcvO1ajfb54VS11fDwz2IgEP4M8MPPqNDzkw7dyTjRcN6PB2zVUEc82RDksQTELvfhcwz&#10;+b9BfgYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBBsEuA/AEAAPgDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvuyIF4AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" strokecolor="#4f81bd" strokeweight="1.75pt">
+              <v:line w14:anchorId="65A277B9" id="Conector recto 3" o:spid="_x0000_s1026" style="position:absolute;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="73.7pt,11.2pt" to="496.3pt,11.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBsEuA/AEAAPgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8LwmwbFFEWKkgeqla&#10;1G3V8+A4iSV/aWwI/PuOHZal3VvVHBzPh5/fmxmvns5Gs5PEoJyt+XRSciatcI2yXc1//th9WHIW&#10;ItgGtLOy5hcZ+NP6/bvV4Cs5c73TjURGIDZUg695H6OviiKIXhoIE+elpWDr0EAkE7uiQRgI3ehi&#10;VpaPxeCw8eiEDIG82zHI1xm/baWI39o2yMh0zYlbzCvm9ZDWYr2CqkPwvRJXGvAPLAwoS5feoLYQ&#10;gR1RvYEySqALro0T4Uzh2lYJmTWQmmn5l5rnHrzMWqg4wd/KFP4frPh62iNTTc3nnFkw1KINNUpE&#10;hwzTj81TjQYfKkrd2D1ereD3mASfWzTpT1LYOdf1cqurPEcmyLmYP34sZ1R+8RIrXg96DPGzdIal&#10;Tc21skkyVHD6EiJdRqkvKclt3U5pndumLRtqPqNvQdBA09NqiLQ1nvQE23EGuqOxFBEzZHBaNel4&#10;AgrYHTYa2QloNB52y+mnbVJK1/2Rlu7eQujHvBy6pmmbYGQeMqKaDHeMEp/7ZmAHfcTvQDQeSvo4&#10;a1QSRxM7GjSBixyhELr4S8U+NzuV7g25dIiOJT9o38NIZb5MzivjUUtmf+OQrTt6RWri2La0O7jm&#10;kruZ/TReOf/6FNL83tu0v3+w698AAAD//wMAUEsDBBQABgAIAAAAIQCvuyIF4AAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9PT8JAEMXvJn6HzZh4MbK1IUBrt8Q/MQrxAhLOS3dsC93Z2l1K/faM&#10;8aCnyZt5efN72Xywjeix87UjBXejCARS4UxNpYLNx8vtDIQPmoxuHKGCb/Qwzy8vMp0ad6IV9utQ&#10;Cg4hn2oFVQhtKqUvKrTaj1yLxLdP11kdWHalNJ0+cbhtZBxFE2l1Tfyh0i0+VVgc1kerYLt8fOsX&#10;s9e9s+9DcvO1ajfb54VS11fDwz2IgEP4M8MPPqNDzkw7dyTjRcN6PB2zVUEc82RDksQTELvfhcwz&#10;+b9BfgYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBBsEuA/AEAAPgDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCvuyIF4AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAFYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;" strokecolor="#4f81bd" strokeweight="1.75pt">
                 <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B1B7D3" w14:textId="702D9216" w:rsidR="000B73FB" w:rsidRPr="00D75E8E" w:rsidRDefault="000B73FB" w:rsidP="00440F51">
       <w:pPr>
         <w:pStyle w:val="CATitulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
             <w14:noFill/>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75E8E">
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0353661A" w14:textId="41F166AF" w:rsidR="005F59E2" w:rsidRPr="001E2B1E" w:rsidRDefault="00000EB7" w:rsidP="005F59E2">
       <w:pPr>
         <w:ind w:left="1418" w:firstLine="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rStyle w:val="CACuerpoCar"/>
         </w:rPr>
-        <w:t>método de mínimos cuadrados es una técnica matemática fundamental en el ajuste de datos, ampliamente utilizada en la ingeniería, la estadística y la ciencia de datos [1]. Introducido formalmente por Carl Friedrich Gauss en el siglo XIX, este método se ha convertido en una herramienta esencial para minimizar el error cuadrático entre valores observados y estimados en modelos matemáticos, lo que permite obtener aproximaciones</w:t>
+        <w:t xml:space="preserve">método de mínimos cuadrados es una técnica matemática fundamental en el ajuste de datos, ampliamente utilizada en la ingeniería, la estadística y la ciencia de datos [1]. Introducido formalmente por Carl Friedrich Gauss en el siglo XIX, este </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:rPr>
+          <w:rStyle w:val="CACuerpoCar"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>método se ha convertido en una herramienta esencial para minimizar el error cuadrático entre valores observados y estimados en modelos matemáticos, lo que permite obtener aproximaciones</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve"> precisas en la representación de fenómenos experimentales y teóricos [2-5].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6101A989" w14:textId="64FD2276" w:rsidR="007E475E" w:rsidRPr="001E2B1E" w:rsidRDefault="00C158AA" w:rsidP="005F59E2">
+    <w:p w14:paraId="6101A989" w14:textId="3A5D6BD3" w:rsidR="007E475E" w:rsidRPr="001E2B1E" w:rsidRDefault="007E475E" w:rsidP="005F59E2">
       <w:pPr>
         <w:ind w:left="1418" w:firstLine="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="001E2B1E">
-[...489 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2D62AAF7" w14:textId="17CCE915" w:rsidR="007E475E" w:rsidRPr="001E2B1E" w:rsidRDefault="00000EB7" w:rsidP="005F59E2">
       <w:pPr>
         <w:ind w:left="1418" w:firstLine="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>En este trabajo, aquí va el objetivo del artículo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A499C35" w14:textId="098F3B26" w:rsidR="00C86224" w:rsidRPr="001E2B1E" w:rsidRDefault="00C86224" w:rsidP="00000EB7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6741E6A3" w14:textId="38D71688" w:rsidR="00BC27E7" w:rsidRPr="001E2B1E" w:rsidRDefault="00C86224" w:rsidP="009E4696">
       <w:pPr>
         <w:spacing w:before="180" w:after="60" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
@@ -1159,64 +1429,61 @@
     </w:p>
     <w:p w14:paraId="6AA54840" w14:textId="272A1ADD" w:rsidR="00000EB7" w:rsidRPr="001E2B1E" w:rsidRDefault="006076C2" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Autores:  máximo 3, con excepciones 4.</w:t>
       </w:r>
       <w:r w:rsidR="00000EB7" w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4257E89A" w14:textId="54FE7F3B" w:rsidR="00000EB7" w:rsidRPr="001E2B1E" w:rsidRDefault="00000EB7" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Mínimo páginas: 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63AFFACD" w14:textId="6A7E233C" w:rsidR="00000EB7" w:rsidRPr="001E2B1E" w:rsidRDefault="00000EB7" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias: mínimo 12, máximo 24</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F37FB5" w14:textId="1682A587" w:rsidR="00DA3FEB" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA3FEB" w:rsidP="00F701FB">
       <w:pPr>
         <w:pStyle w:val="CATitulo"/>
         <w:ind w:left="1417"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>3. Ecuaciones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758FFDB9" w14:textId="46C49CFE" w:rsidR="00DA3FEB" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA3FEB" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve">Las expresiones matemáticas deben editadas utilizando la herramienta del editor de ecuaciones estándar de Word. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BDCECCB" w14:textId="651BA6EC" w:rsidR="00DA3FEB" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA3FEB" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Dependiendo de la relevancia o complejidad de las expresiones matemáticas, se pueden colocar en el texto corriente o dedicarle un renglón completo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A2ABF7" w14:textId="00C6A2E8" w:rsidR="008646F6" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA3FEB" w:rsidP="0099131B">
       <w:pPr>
@@ -1629,50 +1896,51 @@
         <w:t>Las expresiones matemáticas que utilicen un renglón, ver ec. (1), deben ser enumeradas en el margen derecho y deben ser citadas dentro del trabajo.</w:t>
       </w:r>
       <w:r w:rsidR="00FB347F" w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="099699B9" w14:textId="78C1A097" w:rsidR="00137CBB" w:rsidRPr="001E2B1E" w:rsidRDefault="00137CBB" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CATitulo"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>4. Simulación Numérica</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6797E76A" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA23DD" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> En la Tabla 1 se muestran los valores obtenidos mediante el esquema de aproximación propuesto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E54E5A1" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA23DD" w:rsidP="00DA23DD">
       <w:pPr>
         <w:ind w:left="-283"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59FA3597" w14:textId="072A214F" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA23DD" w:rsidP="004C48F7">
       <w:pPr>
         <w:pStyle w:val="CATituloTablas"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Tabla 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve"> Resultados obtenidos del ajuste no lineal con mínimos cuadrados.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1801,192 +2069,192 @@
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73FCA02B" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00DA23DD" w:rsidP="004C48F7">
             <w:pPr>
               <w:pStyle w:val="CATablas"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E2B1E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Compuesto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D997B92" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="004C48F7">
+          <w:p w14:paraId="3D997B92" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="004C48F7">
             <w:pPr>
               <w:pStyle w:val="CATablas"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>x</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>1</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442663E2" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="004C48F7">
+          <w:p w14:paraId="442663E2" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="004C48F7">
             <w:pPr>
               <w:pStyle w:val="CATablas"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>x</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>2</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD2B8C2" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="004C48F7">
+          <w:p w14:paraId="0FD2B8C2" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="004C48F7">
             <w:pPr>
               <w:pStyle w:val="CATablas"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSub>
                   <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSubPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>x</m:t>
                     </m:r>
                   </m:e>
                   <m:sub>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <m:t>3</m:t>
                     </m:r>
                   </m:sub>
                 </m:sSub>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2206B448" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="004C48F7">
+          <w:p w14:paraId="2206B448" w14:textId="77777777" w:rsidR="00DA23DD" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="004C48F7">
             <w:pPr>
               <w:pStyle w:val="CATablas"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:xAlign="left" w:yAlign="inline"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:sSup>
                   <m:sSupPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:sSupPr>
                   <m:e>
                     <m:r>
                       <w:rPr>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
@@ -2573,51 +2841,50 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>5. Resultados Experimentales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="755E6772" w14:textId="0F7A5F7C" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>En esta sección se presentan los resultados obtenidos de forma experimental y su comparación con los resultados estimados mediante la simulación numérica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C7682E" w14:textId="0AD416ED" w:rsidR="00F632F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
-        <w:lastRenderedPageBreak/>
         <w:t>Los títulos de las tablas y los pies de figuras deben estar centrados. Además, todas las figuras y tablas deben ser citadas dentro del trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF0F291" w14:textId="02558978" w:rsidR="00A409E9" w:rsidRPr="001E2B1E" w:rsidRDefault="00A409E9" w:rsidP="00F632F1">
       <w:pPr>
         <w:ind w:left="1418" w:firstLine="283"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="770EE28F" w14:textId="1F3ECDE0" w:rsidR="00A409E9" w:rsidRPr="001E2B1E" w:rsidRDefault="00C37D25" w:rsidP="004339D1">
       <w:pPr>
         <w:ind w:left="1418"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:rFonts w:ascii="Candara" w:hAnsi="Candara" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="006B9796" wp14:editId="3AA2FE54">
@@ -2689,50 +2956,51 @@
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Impresión 3D del rostro escaneado digitalmente con la técnica de proyección de franjas.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C597C4" w14:textId="77777777" w:rsidR="0030508E" w:rsidRDefault="0030508E" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CATitulo"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13D7FE2F" w14:textId="0518501A" w:rsidR="00730D1C" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CATitulo"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A409E9" w:rsidRPr="001E2B1E">
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>. Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F663E6B" w14:textId="7EBB934A" w:rsidR="009E5F42" w:rsidRDefault="009E5F42" w:rsidP="00B70C1F">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Sección de las conclusiones y posiblemente trabajo futuro. En esta sección no es necesario agregar referencias bibliográficas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0E7697" w14:textId="77777777" w:rsidR="0030508E" w:rsidRPr="001E2B1E" w:rsidRDefault="0030508E" w:rsidP="00B70C1F">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00755FCC" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00584072">
       <w:pPr>
         <w:pStyle w:val="CATituloAgradecimientosyReferencias"/>
@@ -2740,118 +3008,266 @@
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Agradecimientos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6F76E0" w14:textId="00B9844D" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00B70C1F">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>El primer autor expresa su gratitud al Consejo Nacional de Humanidades, Ciencia y Tecnologías, por el apoyo recibido para el desarrollo del trabajo de investigación a través de la beca de doctorado (2022-000002-01NACF-07717).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F6B22EE" w14:textId="77777777" w:rsidR="0030508E" w:rsidRDefault="0030508E" w:rsidP="00B70C1F">
       <w:pPr>
         <w:pStyle w:val="CATituloAgradecimientosyReferencias"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A9173CB" w14:textId="431A34DF" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00B70C1F">
       <w:pPr>
         <w:pStyle w:val="CATituloAgradecimientosyReferencias"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36D7BD5F" w14:textId="4718E903" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
+    <w:p w14:paraId="423ECB89" w14:textId="0A8DF7E1" w:rsidR="003B0675" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:t xml:space="preserve">En la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Revista Ciencia Aplicada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:t xml:space="preserve"> hemos optado por realizar la citación de trabajo en el formato IEEE, el cual es un estándar en áreas de ciencias exactas e ingenierías. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036B2E03" w14:textId="0C3B9829" w:rsidR="003B0675" w:rsidRDefault="003B0675" w:rsidP="0099131B">
+      <w:pPr>
+        <w:pStyle w:val="CACuerpo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En el </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="003B0675">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>sitio web</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se puede revisar la sintásix completa de la referencias al estilo IEEE. Es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0675">
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> hemos optado por realizar la citación de trabajo en el formato IEEE, el cual es un estándar en áreas de ciencias exactas e ingenierías. Particularmente, para la IEEE existen tres partes principales dentro de una referencia:</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>altamente recomendable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilizar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0675">
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">el formateador automático para referencias:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="003B0675">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:lang w:val="es-ES_tradnl"/>
+          </w:rPr>
+          <w:t>sitio web.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ver cuadro resaltado en roko.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F147293" w14:textId="11C0DC1A" w:rsidR="003B0675" w:rsidRPr="003B0675" w:rsidRDefault="003B0675" w:rsidP="0099131B">
+      <w:pPr>
+        <w:pStyle w:val="CACuerpo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F0D0B5F" wp14:editId="7D5A6C54">
+            <wp:extent cx="3437225" cy="1889988"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Imagen 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3450547" cy="1897313"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D7BD5F" w14:textId="3F965FB4" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="003B0675" w:rsidP="0099131B">
+      <w:pPr>
+        <w:pStyle w:val="CACuerpo"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Por completes, exponemos los puntos principales del formato</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F42" w:rsidRPr="001E2B1E">
+        <w:t xml:space="preserve"> IEEE</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009E5F42" w:rsidRPr="001E2B1E">
+        <w:t xml:space="preserve"> existen tres partes principales dentro de una referencia:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D88B40A" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
-        <w:lastRenderedPageBreak/>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:tab/>
         <w:t>El nombre del autor aparece como la inicial del nombre y luego el apellido completo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506FA4E5" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:tab/>
         <w:t>Título del artículo, patente, ponencia de congreso, etc., entre comillas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6615C70C" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:tab/>
         <w:t>Título de la revista o libro en cursiva.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C81F9BD" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04681987" w14:textId="6027D5D8" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
+    <w:p w14:paraId="04681987" w14:textId="592F7F87" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="0099131B">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
-        <w:t>En particular, solamente se utilizarán referencia de artículos y de libros. Los ejemplos mostrados son una guía para el formato de las referencias.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">En particular, solamente se utilizarán referencia de artículos y de libros. Los ejemplos mostrados son una guía </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0675">
+        <w:t xml:space="preserve">menor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E2B1E">
+        <w:t>para el formato de las referencias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7343B7F3" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="190E268B" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00584072">
       <w:pPr>
         <w:pStyle w:val="CATituloAgradecimientosyReferencias"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Ejemplos Artículos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE9517A" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -3390,50 +3806,51 @@
         </w:rPr>
         <w:t>rck, “Numerical methods for least squares problems,” Philadelphia, SIAM, 1996.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB16147" w14:textId="77777777" w:rsidR="005332A5" w:rsidRPr="0030508E" w:rsidRDefault="005332A5" w:rsidP="005332A5">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="395F534E" w14:textId="58DF4920" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve">Los lineamientos para realizar la citación en formato IEEE son los siguientes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="190BB047" w14:textId="330035DE" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
+        <w:lastRenderedPageBreak/>
         <w:t>El númer</w:t>
       </w:r>
       <w:r w:rsidR="00C26E78">
         <w:t>o máximo de autores es 4, para el 5</w:t>
       </w:r>
       <w:r w:rsidRPr="001E2B1E">
         <w:t xml:space="preserve"> en adelante escribir “, et. al.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70765E92" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Las citas deben enumerarse de acuerdo con el orden en que se presentan en el texto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0816EB86" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>Después de haber asignado un número a una referencia específica, ese número debe ser usado cada vez que el documento sea mencionado en el texto.</w:t>
       </w:r>
     </w:p>
@@ -3508,51 +3925,50 @@
       <w:r w:rsidRPr="001E2B1E">
         <w:t>“... han mostrado variación [1, 2]” o “... han mostrado variación [1-2]” (ejemplifica cómo se citan dos referencias con numeración continua, esto aplica para dos o más citas con numeración continua)).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F7F05A0" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>“... según han mostrado estudios recientes [3,5,7], ...” (para citar dos o más referencias que no siguen el mismo consecutivo numérico).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29596009" w14:textId="1B52AC61" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>“Estudios desarrollados por [1-4] y [11] han demostrado ...” o “Estudios desarrollados por [1,3,5,7,11], han demostrado ...” (para citar dos referencias con numeración continua con una de numeración discontinua).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C60AF0" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="00773D59">
       <w:pPr>
         <w:pStyle w:val="CACuerpo"/>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
-        <w:lastRenderedPageBreak/>
         <w:t>A continuación, se explican las estructuras para cada tipo de documento a ser citado dentro de los artículos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="322181FD" w14:textId="5F10A374" w:rsidR="009E5F42" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C5B9201" w14:textId="2DFDB36D" w:rsidR="004C48F7" w:rsidRDefault="004C48F7" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78D93742" w14:textId="77777777" w:rsidR="004C48F7" w:rsidRPr="001E2B1E" w:rsidRDefault="004C48F7" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EAE7593" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
@@ -3794,181 +4210,181 @@
         <w:t>número serial de la misma, mes, día y año.</w:t>
       </w:r>
       <w:r w:rsidR="002F35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002F35C1" w:rsidRPr="002F35C1">
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidR="00B9453D">
         <w:t>Enlace de obtención</w:t>
       </w:r>
       <w:r w:rsidR="00B9453D" w:rsidRPr="00B9453D">
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148FBCAF" w14:textId="77777777" w:rsidR="003B1900" w:rsidRPr="001E2B1E" w:rsidRDefault="003B1900" w:rsidP="00831A49">
       <w:pPr>
         <w:pStyle w:val="CAReferencias"/>
       </w:pPr>
       <w:r w:rsidRPr="0030508E">
         <w:rPr>
           <w:lang w:val="en-CA"/>
         </w:rPr>
         <w:t xml:space="preserve">C. W. Hull, “Apparatus for Production of Three-Dimensional object by stereolithography,” US Patent 4,575,330, Mar. 11, 1986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="001E2B1E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>[Google Scholar]</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C48EF4E" w14:textId="77777777" w:rsidR="00503A2B" w:rsidRPr="001E2B1E" w:rsidRDefault="00503A2B" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DA74FA7" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3774DEE3" w14:textId="291180FD" w:rsidR="009E5F42" w:rsidRPr="001E2B1E" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:spacing w:before="180" w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1778"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E2B1E">
         <w:t>- - - - - - - - - - - - - End Document - - - - - - - - - - - - -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C6D5B25" w14:textId="77777777" w:rsidR="009E5F42" w:rsidRPr="009E5F42" w:rsidRDefault="009E5F42" w:rsidP="009E5F42">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:before="180" w:after="60" w:line="280" w:lineRule="atLeast"/>
         <w:ind w:left="1778"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009E5F42" w:rsidRPr="009E5F42" w:rsidSect="005F59E2">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="900" w:bottom="1417" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="318B3990" w14:textId="77777777" w:rsidR="00B0542A" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="008B4212">
+    <w:p w14:paraId="6AE5E690" w14:textId="77777777" w:rsidR="00851C8B" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="008B4212">
       <w:r w:rsidRPr="001E2B1E">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4667C235" w14:textId="77777777" w:rsidR="00B0542A" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="008B4212">
+    <w:p w14:paraId="58463E52" w14:textId="77777777" w:rsidR="00851C8B" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="008B4212">
       <w:r w:rsidRPr="001E2B1E">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="Yu Gothic UI"/>
+    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
@@ -3982,226 +4398,226 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bodoni MT">
     <w:altName w:val="Big Caslon"/>
     <w:panose1 w:val="02070603080606020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Candara">
     <w:panose1 w:val="020E0502030303020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="CMMI12">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Book">
     <w:panose1 w:val="020B0503020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="58A9184F" w14:textId="77777777" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="008B4212">
+  <w:p w14:paraId="58A9184F" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="008B4212">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6A16658A" w14:textId="77777777" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="008B4212">
+  <w:p w14:paraId="6A16658A" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="008B4212">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="228FF79A" w14:textId="7CED1E50" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="008B4212">
+  <w:p w14:paraId="228FF79A" w14:textId="5F391AEB" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="008B4212">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F701FB">
+    <w:r w:rsidR="00421D33">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="081A8E43" w14:textId="5A800725" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00065449" w:rsidP="00175653">
+  <w:p w14:paraId="081A8E43" w14:textId="5A800725" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="00175653">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="001E2B1E">
       <w:t>www.cienciaplicada.mx</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="157340EB" w14:textId="77777777" w:rsidR="00B0542A" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="008B4212">
+    <w:p w14:paraId="458724D9" w14:textId="77777777" w:rsidR="00851C8B" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="008B4212">
       <w:r w:rsidRPr="001E2B1E">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="464AF5CA" w14:textId="77777777" w:rsidR="00B0542A" w:rsidRPr="001E2B1E" w:rsidRDefault="00B0542A" w:rsidP="008B4212">
+    <w:p w14:paraId="7008795C" w14:textId="77777777" w:rsidR="00851C8B" w:rsidRPr="001E2B1E" w:rsidRDefault="00851C8B" w:rsidP="008B4212">
       <w:r w:rsidRPr="001E2B1E">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="5FA2B04B" w14:textId="05B4A0F6" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00803A2C" w:rsidP="00CD6E66">
+  <w:p w14:paraId="5FA2B04B" w14:textId="05B4A0F6" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="00CD6E66">
     <w:pPr>
       <w:spacing w:line="257" w:lineRule="auto"/>
       <w:ind w:left="-426"/>
       <w:rPr>
         <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
         <w:b/>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
         <w:b/>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
       </w:rPr>
       <w:t xml:space="preserve">Revista </w:t>
     </w:r>
-    <w:r w:rsidR="00915B89" w:rsidRPr="001E2B1E">
+    <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:rFonts w:ascii="Bodoni MT" w:hAnsi="Bodoni MT"/>
         <w:b/>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
       </w:rPr>
       <w:t xml:space="preserve">Ciencia Aplicada </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="08C7E159" w14:textId="77777777" w:rsidR="00803A2C" w:rsidRPr="008B7C47" w:rsidRDefault="00915B89" w:rsidP="00803A2C">
+  <w:p w14:paraId="08C7E159" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="008B7C47" w:rsidRDefault="00FB43F1" w:rsidP="00803A2C">
     <w:pPr>
       <w:ind w:left="-426"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001E2B1E">
       <w:rPr>
         <w:i/>
         <w:noProof/>
         <w:color w:val="5B9BD5"/>
         <w:lang w:eastAsia="es-MX"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687424" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="340930D2" wp14:editId="534C2C4C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-253588</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>226695</wp:posOffset>
               </wp:positionV>
@@ -4216,196 +4632,196 @@
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6480000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="19050">
                         <a:solidFill>
                           <a:srgbClr val="A4D3FA"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-                          <a14:hiddenFill xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+                          <a14:hiddenFill xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{AF507438-7753-43e0-B8FC-AC1667EBCBE1}">
-                          <a14:hiddenEffects xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+                          <a14:hiddenEffects xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns="">
                             <a:effectLst>
                               <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="1F4D78">
                                   <a:alpha val="50000"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="07268A1E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="1DBBBAC0" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Conector recto de flecha 30" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-19.95pt;margin-top:17.85pt;width:510.25pt;height:0;z-index:251687424;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHa4OaNgIAABsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i5hyQQIESEFQTSy3aL&#10;tNsPMLZDojq2ZRsCqvrvHTtAt+2tag7O2ON5M2/eePl06Tg6M21aKYogGcUBYoJI2opjEXx9q8Is&#10;QMZiQTGXghXBlZngafXxw7JXORvLRnLKNAIQYfJeFUFjrcqjyJCGddiMpGICnLXUHbaw1ceIatwD&#10;esejcRzPol5qqrQkzBg43Q7OYOXx65oR+6WuDbOIFwHUZv2q/Xpwa7Ra4vyosWpacisD/0MVHW4F&#10;JH1AbbHF6KTbv6C6lmhpZG1HRHaRrOuWMM8B2CTxH2xeG6yY5wLNMerRJvP/YMnLea9RS4tgAu0R&#10;uAONSlCKWKmRdj9EGao5Iw1GcAX61SuTQ1gp9toxJhfxqp4l+WaQkGWDxZH5ut+uCrASFxH9FuI2&#10;RkHWQ/9ZUriDT1b65l1q3TlIaAu6eI2uD43YxSICh7M0i+ELELn7IpzfA5U29hOTHXJGERircXts&#10;LBAaGCU+DT4/G+vKwvk9wGUVsmo59wPBBeqh9kU8jX2EkbylzuvuGX08lFyjM4aZWqfbSbX2JMHz&#10;/pqWJ0E9WsMw3d1si1s+2JCdC4fH/JgOJcHuYsH058DYj9D3RbzYZbssDdPxbBemMaXhuirTcFYl&#10;8+l2si3LbfJjGGXXpiFoXU3jeTrJwvl8OgnTCYvDTVaV4bpMZrP5blNudkMQFHJP6oVy2gwqHyS9&#10;7vVdQJhA37Pba3Ej/n7vZf71plc/AQAA//8DAFBLAwQUAAYACAAAACEAvjDtpN4AAAAJAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPTU/DMAyG70j8h8hIXNCW0sFYS9NpQipXxD7uXuM1FY1TNdnW7dcT&#10;xAGOth+9ft5iOdpOnGjwrWMFj9MEBHHtdMuNgu2mmixA+ICssXNMCi7kYVne3hSYa3fmTzqtQyNi&#10;CPscFZgQ+lxKXxuy6KeuJ463gxsshjgOjdQDnmO47WSaJHNpseX4wWBPb4bqr/XRKthcjU4v77vq&#10;IfVP24/DdbfyTaXU/d24egURaAx/MPzoR3Uoo9PeHVl70SmYzLIsogpmzy8gIpAtkjmI/e9CloX8&#10;36D8BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEdrg5o2AgAAGwQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL4w7aTeAAAACQEAAA8AAAAAAAAA&#10;AAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" strokecolor="#a4d3fa" strokeweight="1.5pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:t xml:space="preserve"> Conocimiento  Multidisciplinario</w:t>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C">
+    <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00803A2C" w:rsidRPr="00A00AB8">
+    <w:r w:rsidRPr="00A00AB8">
       <w:rPr>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
       <w:t xml:space="preserve">         </w:t>
     </w:r>
-    <w:r w:rsidR="00803A2C" w:rsidRPr="00A00AB8">
+    <w:r w:rsidRPr="00A00AB8">
       <w:rPr>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>ISSN</w:t>
     </w:r>
-    <w:r w:rsidR="00803A2C" w:rsidRPr="00A00AB8">
+    <w:r w:rsidRPr="00A00AB8">
       <w:rPr>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">:  </w:t>
     </w:r>
-    <w:r w:rsidR="00803A2C" w:rsidRPr="00A00AB8">
+    <w:r w:rsidRPr="00A00AB8">
       <w:rPr>
         <w:color w:val="5B9BD5"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3122-3664</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7F521C70" w14:textId="7C617D57" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="00CD6E66">
+  <w:p w14:paraId="7F521C70" w14:textId="7C617D57" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="00CD6E66">
     <w:pPr>
       <w:ind w:left="-426"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="5B9BD5"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7C4EB48C" w14:textId="202988B7" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89" w:rsidP="008B4212">
+  <w:p w14:paraId="7C4EB48C" w14:textId="202988B7" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1" w:rsidP="008B4212">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7271492E" w14:textId="77777777" w:rsidR="00915B89" w:rsidRPr="001E2B1E" w:rsidRDefault="00915B89">
+  <w:p w14:paraId="7271492E" w14:textId="77777777" w:rsidR="00FB43F1" w:rsidRPr="001E2B1E" w:rsidRDefault="00FB43F1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FAA31CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BF60B38"/>
     <w:lvl w:ilvl="0" w:tplc="1D2218E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2062" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -5777,51 +6193,51 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B4212"/>
     <w:rsid w:val="00000EB7"/>
     <w:rsid w:val="000021A1"/>
@@ -5860,87 +6276,90 @@
     <w:rsid w:val="00175653"/>
     <w:rsid w:val="00194125"/>
     <w:rsid w:val="001A1053"/>
     <w:rsid w:val="001B342D"/>
     <w:rsid w:val="001C47A4"/>
     <w:rsid w:val="001C51AE"/>
     <w:rsid w:val="001D577C"/>
     <w:rsid w:val="001E2B1E"/>
     <w:rsid w:val="001E6540"/>
     <w:rsid w:val="00204E80"/>
     <w:rsid w:val="00207731"/>
     <w:rsid w:val="00226A8A"/>
     <w:rsid w:val="00234BA8"/>
     <w:rsid w:val="00245DBE"/>
     <w:rsid w:val="00246282"/>
     <w:rsid w:val="0024659C"/>
     <w:rsid w:val="00261269"/>
     <w:rsid w:val="002644B1"/>
     <w:rsid w:val="00272E76"/>
     <w:rsid w:val="002748D0"/>
     <w:rsid w:val="00281C5F"/>
     <w:rsid w:val="00293F0E"/>
     <w:rsid w:val="002A1343"/>
     <w:rsid w:val="002B40CC"/>
     <w:rsid w:val="002B5FC6"/>
+    <w:rsid w:val="002C6952"/>
     <w:rsid w:val="002C7847"/>
     <w:rsid w:val="002D1202"/>
     <w:rsid w:val="002E2789"/>
     <w:rsid w:val="002E5C8A"/>
     <w:rsid w:val="002E67BC"/>
     <w:rsid w:val="002F3184"/>
     <w:rsid w:val="002F35C1"/>
     <w:rsid w:val="002F4346"/>
     <w:rsid w:val="002F43E3"/>
     <w:rsid w:val="002F7FBF"/>
     <w:rsid w:val="0030508E"/>
     <w:rsid w:val="00322A38"/>
     <w:rsid w:val="0032413C"/>
     <w:rsid w:val="003241CE"/>
     <w:rsid w:val="00326D1F"/>
     <w:rsid w:val="003366FD"/>
     <w:rsid w:val="003415B5"/>
     <w:rsid w:val="003472D7"/>
     <w:rsid w:val="003536DC"/>
     <w:rsid w:val="00367D3D"/>
     <w:rsid w:val="003710CC"/>
     <w:rsid w:val="0037151D"/>
     <w:rsid w:val="00382FF7"/>
     <w:rsid w:val="003852A8"/>
     <w:rsid w:val="00397885"/>
     <w:rsid w:val="003A23F3"/>
     <w:rsid w:val="003A44F2"/>
+    <w:rsid w:val="003B0675"/>
     <w:rsid w:val="003B1900"/>
     <w:rsid w:val="003B4617"/>
     <w:rsid w:val="003B4807"/>
     <w:rsid w:val="003C1575"/>
     <w:rsid w:val="003D434C"/>
     <w:rsid w:val="003E5A75"/>
     <w:rsid w:val="00400CB4"/>
     <w:rsid w:val="004047D6"/>
     <w:rsid w:val="00416C56"/>
     <w:rsid w:val="00421841"/>
+    <w:rsid w:val="00421D33"/>
     <w:rsid w:val="004224ED"/>
     <w:rsid w:val="0043238F"/>
     <w:rsid w:val="004339D1"/>
     <w:rsid w:val="00440DA0"/>
     <w:rsid w:val="00440F51"/>
     <w:rsid w:val="004526C7"/>
     <w:rsid w:val="0045311B"/>
     <w:rsid w:val="004A2757"/>
     <w:rsid w:val="004C48F7"/>
     <w:rsid w:val="004D46A4"/>
     <w:rsid w:val="004D6ED4"/>
     <w:rsid w:val="004E358B"/>
     <w:rsid w:val="005025C3"/>
     <w:rsid w:val="00503A2B"/>
     <w:rsid w:val="00516116"/>
     <w:rsid w:val="00523863"/>
     <w:rsid w:val="005332A5"/>
     <w:rsid w:val="0053402C"/>
     <w:rsid w:val="00552BA0"/>
     <w:rsid w:val="00552C46"/>
     <w:rsid w:val="00561C93"/>
     <w:rsid w:val="0056293C"/>
     <w:rsid w:val="00566C14"/>
     <w:rsid w:val="00584072"/>
     <w:rsid w:val="00596ABD"/>
@@ -5969,50 +6388,51 @@
     <w:rsid w:val="00707251"/>
     <w:rsid w:val="00711617"/>
     <w:rsid w:val="00727C04"/>
     <w:rsid w:val="00730D1C"/>
     <w:rsid w:val="00756CCC"/>
     <w:rsid w:val="00762FFD"/>
     <w:rsid w:val="0077020A"/>
     <w:rsid w:val="00773D59"/>
     <w:rsid w:val="00781B73"/>
     <w:rsid w:val="00781F87"/>
     <w:rsid w:val="00787F10"/>
     <w:rsid w:val="007A2B0F"/>
     <w:rsid w:val="007B24D9"/>
     <w:rsid w:val="007C189D"/>
     <w:rsid w:val="007C468D"/>
     <w:rsid w:val="007C788A"/>
     <w:rsid w:val="007D1EBF"/>
     <w:rsid w:val="007E08F3"/>
     <w:rsid w:val="007E475E"/>
     <w:rsid w:val="007F4603"/>
     <w:rsid w:val="00803A2C"/>
     <w:rsid w:val="00807691"/>
     <w:rsid w:val="00814412"/>
     <w:rsid w:val="00820EC7"/>
     <w:rsid w:val="00831A49"/>
+    <w:rsid w:val="00851C8B"/>
     <w:rsid w:val="00857561"/>
     <w:rsid w:val="00861F91"/>
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="008709A4"/>
     <w:rsid w:val="00870C46"/>
     <w:rsid w:val="00886417"/>
     <w:rsid w:val="008968EA"/>
     <w:rsid w:val="008A2A87"/>
     <w:rsid w:val="008B3987"/>
     <w:rsid w:val="008B4212"/>
     <w:rsid w:val="008C4A93"/>
     <w:rsid w:val="008F041F"/>
     <w:rsid w:val="00911DD8"/>
     <w:rsid w:val="00912CA2"/>
     <w:rsid w:val="00915B89"/>
     <w:rsid w:val="00922828"/>
     <w:rsid w:val="00933DA7"/>
     <w:rsid w:val="0094194E"/>
     <w:rsid w:val="009573C3"/>
     <w:rsid w:val="00960D49"/>
     <w:rsid w:val="009627B8"/>
     <w:rsid w:val="00973B30"/>
     <w:rsid w:val="00974AFA"/>
     <w:rsid w:val="0099131B"/>
     <w:rsid w:val="00991C03"/>
@@ -6039,50 +6459,51 @@
     <w:rsid w:val="00A622F4"/>
     <w:rsid w:val="00A703DA"/>
     <w:rsid w:val="00A83961"/>
     <w:rsid w:val="00A95CE8"/>
     <w:rsid w:val="00AA19A4"/>
     <w:rsid w:val="00AA352F"/>
     <w:rsid w:val="00AA6022"/>
     <w:rsid w:val="00AD49A2"/>
     <w:rsid w:val="00AE5EA7"/>
     <w:rsid w:val="00B00456"/>
     <w:rsid w:val="00B03A77"/>
     <w:rsid w:val="00B0542A"/>
     <w:rsid w:val="00B108F4"/>
     <w:rsid w:val="00B11C03"/>
     <w:rsid w:val="00B11E12"/>
     <w:rsid w:val="00B14C78"/>
     <w:rsid w:val="00B25A74"/>
     <w:rsid w:val="00B334F8"/>
     <w:rsid w:val="00B47665"/>
     <w:rsid w:val="00B51749"/>
     <w:rsid w:val="00B5278E"/>
     <w:rsid w:val="00B62371"/>
     <w:rsid w:val="00B66235"/>
     <w:rsid w:val="00B70C1F"/>
     <w:rsid w:val="00B77273"/>
+    <w:rsid w:val="00B8583A"/>
     <w:rsid w:val="00B867EC"/>
     <w:rsid w:val="00B9453D"/>
     <w:rsid w:val="00B96026"/>
     <w:rsid w:val="00BA0D0F"/>
     <w:rsid w:val="00BA1BBC"/>
     <w:rsid w:val="00BB7F69"/>
     <w:rsid w:val="00BC27E7"/>
     <w:rsid w:val="00BE627D"/>
     <w:rsid w:val="00BF6848"/>
     <w:rsid w:val="00C158AA"/>
     <w:rsid w:val="00C26E78"/>
     <w:rsid w:val="00C31AC3"/>
     <w:rsid w:val="00C36171"/>
     <w:rsid w:val="00C37D25"/>
     <w:rsid w:val="00C47BB7"/>
     <w:rsid w:val="00C53E39"/>
     <w:rsid w:val="00C64839"/>
     <w:rsid w:val="00C852CB"/>
     <w:rsid w:val="00C86224"/>
     <w:rsid w:val="00C91D42"/>
     <w:rsid w:val="00C9566D"/>
     <w:rsid w:val="00CB74A9"/>
     <w:rsid w:val="00CC3354"/>
     <w:rsid w:val="00CD3E78"/>
     <w:rsid w:val="00CD5351"/>
@@ -6098,92 +6519,95 @@
     <w:rsid w:val="00D072EA"/>
     <w:rsid w:val="00D11777"/>
     <w:rsid w:val="00D12E6A"/>
     <w:rsid w:val="00D13B9A"/>
     <w:rsid w:val="00D140E3"/>
     <w:rsid w:val="00D21046"/>
     <w:rsid w:val="00D239AA"/>
     <w:rsid w:val="00D37002"/>
     <w:rsid w:val="00D40397"/>
     <w:rsid w:val="00D40C83"/>
     <w:rsid w:val="00D419BF"/>
     <w:rsid w:val="00D53AAD"/>
     <w:rsid w:val="00D559FB"/>
     <w:rsid w:val="00D659DA"/>
     <w:rsid w:val="00D673DB"/>
     <w:rsid w:val="00D74656"/>
     <w:rsid w:val="00D77EA1"/>
     <w:rsid w:val="00D85FE1"/>
     <w:rsid w:val="00D878DA"/>
     <w:rsid w:val="00D9250D"/>
     <w:rsid w:val="00DA1F8C"/>
     <w:rsid w:val="00DA23DD"/>
     <w:rsid w:val="00DA3FEB"/>
     <w:rsid w:val="00DB4BDC"/>
     <w:rsid w:val="00DC72FF"/>
+    <w:rsid w:val="00DC7463"/>
     <w:rsid w:val="00DD5801"/>
     <w:rsid w:val="00DF4CB3"/>
     <w:rsid w:val="00DF7EFE"/>
     <w:rsid w:val="00E00B80"/>
     <w:rsid w:val="00E074E9"/>
     <w:rsid w:val="00E12764"/>
     <w:rsid w:val="00E175D6"/>
     <w:rsid w:val="00E2065A"/>
     <w:rsid w:val="00E23A76"/>
     <w:rsid w:val="00E3416E"/>
     <w:rsid w:val="00E43D26"/>
     <w:rsid w:val="00E47459"/>
     <w:rsid w:val="00E529B0"/>
     <w:rsid w:val="00E52F10"/>
     <w:rsid w:val="00E57199"/>
     <w:rsid w:val="00E72E33"/>
     <w:rsid w:val="00EA0EBD"/>
     <w:rsid w:val="00EA3E5F"/>
     <w:rsid w:val="00EA5376"/>
     <w:rsid w:val="00EB04B3"/>
     <w:rsid w:val="00EB1BFE"/>
     <w:rsid w:val="00EB582D"/>
     <w:rsid w:val="00EC3250"/>
     <w:rsid w:val="00EC76C7"/>
     <w:rsid w:val="00ED159E"/>
     <w:rsid w:val="00ED5662"/>
     <w:rsid w:val="00EE7906"/>
     <w:rsid w:val="00EF601F"/>
     <w:rsid w:val="00F0633C"/>
     <w:rsid w:val="00F25E2E"/>
     <w:rsid w:val="00F632F1"/>
     <w:rsid w:val="00F63526"/>
     <w:rsid w:val="00F66F26"/>
     <w:rsid w:val="00F701FB"/>
     <w:rsid w:val="00F71888"/>
     <w:rsid w:val="00F762DE"/>
     <w:rsid w:val="00F8004E"/>
     <w:rsid w:val="00F83701"/>
     <w:rsid w:val="00F87965"/>
+    <w:rsid w:val="00FA1FFF"/>
     <w:rsid w:val="00FA6066"/>
     <w:rsid w:val="00FA7136"/>
     <w:rsid w:val="00FB347F"/>
+    <w:rsid w:val="00FB43F1"/>
     <w:rsid w:val="00FC70BD"/>
     <w:rsid w:val="00FD052D"/>
     <w:rsid w:val="00FE386B"/>
     <w:rsid w:val="00FF1C47"/>
     <w:rsid w:val="00FF62B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -6277,51 +6701,51 @@
     <w:lsdException w:name="Title" w:uiPriority="10"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7843,50 +8267,73 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CATituloAgradecimientosyReferencias">
     <w:name w:val="CA. Titulo Agradecimientos y Referencias"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CATituloAgradecimientosyReferenciasCar"/>
     <w:qFormat/>
     <w:rsid w:val="00B70C1F"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="1418"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CATituloAgradecimientosyReferenciasCar">
     <w:name w:val="CA. Titulo Agradecimientos y Referencias Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="CATituloAgradecimientosyReferencias"/>
     <w:rsid w:val="00B70C1F"/>
     <w:rPr>
       <w:b/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Textoennegrita">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003B0675"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00421D33"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="68693809">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1564214569">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -7969,58 +8416,71 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1929846255">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2109424608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/scholar?hl=es&amp;as_sdt=0%2C5&amp;q=C.+W.+Hull%2C+%E2%80%9CApparatus+for+Production+of+Three-Dimensional+object+by+stereolithography%2C&amp;btnG=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/scholar?hl=es&amp;as_sdt=0%2C5&amp;q=C.+W.+Hull%2C+%E2%80%9CApparatus+for+Production+of+Three-Dimensional+object+by+stereolithography%2C&amp;btnG=" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ieeeauthorcenter.ieee.org/create-your-ieee-journal-article/authoring-tools-and-templates/tools-for-ieee-authors/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.ieeeauthorcenter.ieee.org/create-your-ieee-journal-article/authoring-tools-and-templates/tools-for-ieee-authors/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8308,82 +8768,82 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{588ECCFF-92AF-404C-91A0-AC7AEB16FA2E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{474482D2-CDE6-4AE3-8F37-8A7C9001FE88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8362</Characters>
+  <Pages>7</Pages>
+  <Words>1772</Words>
+  <Characters>9751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>81</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9863</CharactersWithSpaces>
+  <CharactersWithSpaces>11501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jose Antonio Muñoz Gomez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>